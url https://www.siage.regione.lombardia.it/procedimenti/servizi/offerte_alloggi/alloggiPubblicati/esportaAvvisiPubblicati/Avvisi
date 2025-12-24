--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -1,506 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="21328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\SiAge\SVIL\runtimes\beb\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alfredo.conti\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr documentId="13_ncr:1_{BC9A2CE1-F22C-4802-990E-ECD3DA614F92}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="41" xr6:coauthVersionMax="41"/>
+  <xr:revisionPtr documentId="13_ncr:1_{831DE0C3-A540-4089-94F6-74596ACBCA2B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47"/>
   <bookViews>
-    <workbookView windowHeight="8832" windowWidth="16608" xWindow="-108" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-108"/>
+    <workbookView windowHeight="11500" windowWidth="19420" xWindow="-110" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-110"/>
   </bookViews>
   <sheets>
     <sheet name="Elenco Avvisi aperti" r:id="rId1" sheetId="1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>ID Avviso</t>
   </si>
   <si>
     <t>Piano di Zona</t>
   </si>
   <si>
     <t>Servizi abitativi di Regione Lombardia</t>
   </si>
   <si>
     <t>Data e ora di apertura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Data e ora di chiusura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Avvisi aperti al</t>
   </si>
   <si>
     <t>Comune capofila</t>
   </si>
   <si>
     <t>Comuni del Piano di Zona</t>
   </si>
   <si>
-    <t>23/10/2025 20:30:08</t>
-[...215 lines deleted...]
-    <t>11681</t>
+    <t>Anno Regolamento</t>
+  </si>
+  <si>
+    <t>24/12/2025 12:30:01</t>
+  </si>
+  <si>
+    <t>12562</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>MILANO CITTÀ</t>
   </si>
   <si>
     <t>COMUNE DI MILANO</t>
   </si>
   <si>
     <t>MILANO</t>
   </si>
   <si>
-    <t>15/07/2025 09:00</t>
-[...176 lines deleted...]
-    <t>16/11/2025 00:00</t>
+    <t>20/11/2025 09:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 12:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -567,91 +186,91 @@
     </xf>
     <xf applyFill="1" borderId="0" fillId="2" fontId="0" numFmtId="0" xfId="0"/>
     <xf applyFill="1" applyFont="1" borderId="0" fillId="2" fontId="3" numFmtId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normale" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleLight16" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr lastClr="000000" val="windowText"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr lastClr="FFFFFF" val="window"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin panose="020F0302020204030204" typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -713,51 +332,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -855,602 +474,173 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office 2013 - 2022 Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDCE19F2-8C38-4780-9EEF-A322195DDC2A}">
-  <dimension ref="A1:K28"/>
+  <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" customWidth="true" width="20.5546875" collapsed="false"/>
-[...3 lines deleted...]
-    <col min="6" max="6" customWidth="true" width="46.44140625" collapsed="false"/>
+    <col min="1" max="2" customWidth="true" width="20.54296875" collapsed="false"/>
+    <col min="3" max="4" customWidth="true" width="25.6328125" collapsed="false"/>
+    <col min="5" max="5" customWidth="true" width="26.6328125" collapsed="false"/>
+    <col min="6" max="6" customWidth="true" width="47.90625" collapsed="false"/>
+    <col min="7" max="7" customWidth="true" width="46.453125" collapsed="false"/>
   </cols>
   <sheetData>
-    <row ht="18" r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row ht="18.5" r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="5"/>
+      <c r="B1" s="6"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
     </row>
-    <row ht="15.6" r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row ht="15.5" r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
-      <c r="E2" s="1"/>
-      <c r="F2" s="2"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="2"/>
     </row>
-    <row ht="15.6" r="3" spans="1:10" x14ac:dyDescent="0.3">
+    <row ht="15.5" r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
     </row>
-    <row ht="15.6" r="4" spans="1:10" x14ac:dyDescent="0.3">
+    <row ht="15.5" r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
     </row>
-    <row ht="16.2" r="5" spans="1:10" thickBot="1" x14ac:dyDescent="0.35">
+    <row ht="16" r="5" spans="1:11" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s" s="7">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s" s="7">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s" s="7">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s" s="7">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s" s="7">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A7" t="s" s="7">
         <v>15</v>
       </c>
-      <c r="B7" t="s" s="7">
+      <c r="G6" t="s" s="7">
         <v>16</v>
-      </c>
-[...430 lines deleted...]
-        <v>143</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Elenco Avvisi aperti</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>PricewaterhouseCoopers</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>