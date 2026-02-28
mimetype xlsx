--- v1 (2025-12-24)
+++ v2 (2026-02-28)
@@ -25,101 +25,137 @@
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alfredo.conti\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr documentId="13_ncr:1_{831DE0C3-A540-4089-94F6-74596ACBCA2B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47"/>
   <bookViews>
     <workbookView windowHeight="11500" windowWidth="19420" xWindow="-110" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-110"/>
   </bookViews>
   <sheets>
     <sheet name="Elenco Avvisi aperti" r:id="rId1" sheetId="1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="29">
   <si>
     <t>ID Avviso</t>
   </si>
   <si>
     <t>Piano di Zona</t>
   </si>
   <si>
     <t>Servizi abitativi di Regione Lombardia</t>
   </si>
   <si>
     <t>Data e ora di apertura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Data e ora di chiusura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Avvisi aperti al</t>
   </si>
   <si>
     <t>Comune capofila</t>
   </si>
   <si>
     <t>Comuni del Piano di Zona</t>
   </si>
   <si>
     <t>Anno Regolamento</t>
   </si>
   <si>
-    <t>24/12/2025 12:30:01</t>
-[...2 lines deleted...]
-    <t>12562</t>
+    <t>28/02/2026 12:30:01</t>
+  </si>
+  <si>
+    <t>12642</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>MILANO CITTÀ</t>
-[...11 lines deleted...]
-    <t>29/12/2025 12:00</t>
+    <t>BRESCIA EST</t>
+  </si>
+  <si>
+    <t>COMUNE DI MAZZANO</t>
+  </si>
+  <si>
+    <t>AZZANO MELLA, BORGOSATOLLO, BOTTICINO, CAPRIANO DEL COLLE, CASTENEDOLO, FLERO, MAZZANO, MONTIRONE, NUVOLENTO, NUVOLERA, PONCARALE, REZZATO, SAN ZENO NAVIGLIO</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:00</t>
+  </si>
+  <si>
+    <t>08/04/2026 13:00</t>
+  </si>
+  <si>
+    <t>12643</t>
+  </si>
+  <si>
+    <t>CERNUSCO SUL NAVIGLIO</t>
+  </si>
+  <si>
+    <t>COMUNE DI GORGONZOLA</t>
+  </si>
+  <si>
+    <t>BELLINZAGO LOMBARDO, BUSSERO, CAMBIAGO, CARUGATE, CASSINA DE PECCHI, CERNUSCO SUL NAVIGLIO, GESSATE, GORGONZOLA, PESSANO CON BORNAGO</t>
+  </si>
+  <si>
+    <t>16/02/2026 12:00</t>
+  </si>
+  <si>
+    <t>23/03/2026 23:59</t>
+  </si>
+  <si>
+    <t>12682</t>
+  </si>
+  <si>
+    <t>MELZO</t>
+  </si>
+  <si>
+    <t>COMUNE DI MELZO</t>
+  </si>
+  <si>
+    <t>CASSANO D'ADDA, INZAGO, LISCATE, MELZO, POZZUOLO MARTESANA, SETTALA, TRUCCAZZANO, VIGNATE</t>
+  </si>
+  <si>
+    <t>11/02/2026 10:00</t>
+  </si>
+  <si>
+    <t>25/03/2026 23:59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -482,51 +518,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office 2013 - 2022 Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDCE19F2-8C38-4780-9EEF-A322195DDC2A}">
-  <dimension ref="A1:L6"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" customWidth="true" width="20.54296875" collapsed="false"/>
     <col min="3" max="4" customWidth="true" width="25.6328125" collapsed="false"/>
     <col min="5" max="5" customWidth="true" width="26.6328125" collapsed="false"/>
     <col min="6" max="6" customWidth="true" width="47.90625" collapsed="false"/>
     <col min="7" max="7" customWidth="true" width="46.453125" collapsed="false"/>
   </cols>
   <sheetData>
     <row ht="18.5" r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
@@ -589,50 +625,96 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="7">
         <v>10</v>
       </c>
       <c r="B6" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C6" t="s" s="7">
         <v>12</v>
       </c>
       <c r="D6" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E6" t="s" s="7">
         <v>14</v>
       </c>
       <c r="F6" t="s" s="7">
         <v>15</v>
       </c>
       <c r="G6" t="s" s="7">
         <v>16</v>
       </c>
     </row>
+    <row r="7">
+      <c r="A7" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s" s="7">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s" s="7">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="F8" t="s" s="7">
+        <v>27</v>
+      </c>
+      <c r="G8" t="s" s="7">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Elenco Avvisi aperti</vt:lpstr>
     </vt:vector>